--- v0 (2025-11-03)
+++ v1 (2025-12-07)
@@ -12,299 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Giorni</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Sede</t>
   </si>
   <si>
     <t>Rete</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>Livello</t>
   </si>
   <si>
     <t>Destinatario</t>
   </si>
   <si>
     <t>Posti Disponibili*</t>
   </si>
   <si>
-    <t>*alla data di esportazione del file 03/11/2025 12:32</t>
-[...2 lines deleted...]
-    <t>28/10/2025 - 30/10/2025</t>
+    <t>*alla data di esportazione del file 07/12/2025 04:00</t>
+  </si>
+  <si>
+    <t>02/12/2025 - 04/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AM/IT0 CORSO ACLS ISTRUTTORI SIMEU - AHA </t>
+  </si>
+  <si>
+    <t>BOLOGNA - OSPEDALE S.ORSOLA MALPIGHI</t>
+  </si>
+  <si>
+    <t>SIMEU</t>
+  </si>
+  <si>
+    <t>SAHA</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>M/I</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT452 WEBINAIR (PIEMONTE-VENETO-FVG): LE MICROANGIOPATIE TROMBOTICHE IN PRONTO SOCCORSO. UN PERCORSO CLINICO MULTIDISCIPLINARE </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>FBEP</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT451 WEBINAIR (EMILIA ROMAGNA - MARCHE-UMBRIA): LE MICROANGIOPATIE TROMBOTICHE IN PRONTO SOCCORSO. UN PERCORSO CLINICO MULTIDISCIPLINARE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT450 WEBINAIR (LOMBARDIA - LIGURIA): LE MICROANGIOPATIE TROMBOTICHE IN PRONTO SOCCORSO. UN PERCORSO CLINICO MULTIDISCIPLINARE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT454 WEBINAIR (SICILIA-SARDEGNA-PUGLIA-CALABRIA-BASILICATA): LE MICROANGIOPATIE TROMBOTICHE IN PRONTO SOCCORSO. UN PERCORSO CLINICO MULTIDISCIPLINARE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT453 WEBINAIR (TOSCANA-CAMPANIA-LAZIO-ABRUZZO): LE MICROANGIOPATIE TROMBOTICHE IN PRONTO SOCCORSO. UN PERCORSO CLINICO MULTIDISCIPLINARE </t>
+  </si>
+  <si>
+    <t>09/12/2025 - 12/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT072 DALLA CPAP ALLA NIV - Trattamento dell'insufficienza respiratoria acuta in emergenza </t>
+  </si>
+  <si>
+    <t>BERGAMO - CENTRO CONGRESSI GIOVANNI XXIII</t>
+  </si>
+  <si>
+    <t>EMRE</t>
+  </si>
+  <si>
+    <t>09/12/2025 - 11/12/2025</t>
   </si>
   <si>
     <t xml:space="preserve">AM/IT0 ACLS, ADVANCED CARDIOVASCULAR LIFE SUPPORT </t>
   </si>
   <si>
-    <t>BOLOGNA - OSPEDALE S.ORSOLA MALPIGHI</t>
-[...23 lines deleted...]
-    <t>ECOG</t>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AM/IT4 SAU AVANZATO NEW - SEDAZIONE E ANALGESIA IN EMERGENZA URGENZA </t>
+  </si>
+  <si>
+    <t>NAPOLI - Hotel NH Napoli Panorama</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMT090 PROCEDURE INVASIVE IN EMERGENZA-URGENZA </t>
+  </si>
+  <si>
+    <t>BOLOGNA - ZANHOTEL EUROPA</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
-    <t>I</t>
-[...11 lines deleted...]
-    <t>29/10/2025 - 31/10/2025</t>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AM/IT4 UPDATE 2025 LINEE GUIDA AHA  - RISERVATO AGLI ISTRUTTORI DELL'ITC SIMEU </t>
+  </si>
+  <si>
+    <t>18/12/2025 - 20/12/2025</t>
   </si>
   <si>
     <t>TORINO - Centro di Simulazione SIMTO Città della Salute e della Scienza</t>
   </si>
   <si>
-    <t>30/10/2025 - 01/11/2025</t>
-[...160 lines deleted...]
-  <si>
     <t>13/01/2026 - 15/01/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AM/IT4 I SEMINARIO DI AGGIORNAMENTO Novità ed evoluzione nella gestione dell'arresto e del periarresto </t>
+  </si>
+  <si>
+    <t>BOLOGNA - CARLTON HOTEL</t>
+  </si>
+  <si>
+    <t>26/02/2026 - 28/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMT038 Elettrocardiografia in area d'emergenza-corso avanzato </t>
+  </si>
+  <si>
+    <t>BOLOGNA - UNA HOTEL BOLOGNA FIERA</t>
+  </si>
+  <si>
+    <t>EMCA</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BM/IT4 GESTIONE DELLE INTOSSICAZIONI NEL PRONTO SOCCORSO </t>
+  </si>
+  <si>
+    <t>TIVOLI - AULA MAGNA PALAZZO CIANTI - OSPEDALE S. GIOVANNI EVANGELISTA</t>
   </si>
   <si>
     <t>13/04/2026 - 16/04/2026</t>
   </si>
   <si>
     <t>TREVISO - PARK HOTEL BOLOGNESE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -625,51 +538,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K41"/>
+  <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="180.384521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="84.836426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.280273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -702,1181 +615,572 @@
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I3">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5">
         <v>1</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="B6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>13</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I6">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>21</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>13</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>21</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B9">
+        <v>3</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9">
         <v>1</v>
-      </c>
-[...19 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10">
+        <v>2</v>
+      </c>
+      <c r="C10" t="s">
         <v>31</v>
       </c>
-      <c r="B10">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10">
         <v>0</v>
-      </c>
-[...19 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
         <v>13</v>
       </c>
       <c r="F11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>13</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="H12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B13">
         <v>1</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>13</v>
       </c>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>16</v>
       </c>
       <c r="I13">
-        <v>2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B14">
         <v>2</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>13</v>
       </c>
       <c r="F14" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G14" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I14">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15">
         <v>2</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>13</v>
       </c>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B16">
         <v>1</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>16</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B17">
         <v>1</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>16</v>
       </c>
       <c r="I17">
-        <v>0</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18">
+        <v>2</v>
+      </c>
+      <c r="C18" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" t="s">
         <v>49</v>
       </c>
-      <c r="B18">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>21</v>
       </c>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I18">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="H19" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I19">
-        <v>9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>13</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I20">
-        <v>0</v>
-[...607 lines deleted...]
-      <c r="I41">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>